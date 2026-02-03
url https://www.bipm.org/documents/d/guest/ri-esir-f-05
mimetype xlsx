--- v0 (2025-10-05)
+++ v1 (2026-02-03)
@@ -11,60 +11,60 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://thebipm-my.sharepoint.com/personal/romain_coulon_bipm_org/Documents/Travail/Projects/ESIR project/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ESIR\BIPM.RI(II)-K5\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="217" documentId="13_ncr:1_{3C679703-7236-47D5-8D04-43F5DAFB6FEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0FEA0310-0607-49D7-8AFC-22AF3D62EBDC}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7672A1AF-8CFA-44BE-8BDC-EA466485859C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" firstSheet="2" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="2" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Caché" sheetId="9" state="hidden" r:id="rId1"/>
     <sheet name="Percol" sheetId="12" state="hidden" r:id="rId2"/>
     <sheet name="Main" sheetId="2" r:id="rId3"/>
     <sheet name="Solution" sheetId="3" r:id="rId4"/>
     <sheet name="Measurement 1 Unc." sheetId="4" r:id="rId5"/>
     <sheet name="Measurement 1 Add" sheetId="20" r:id="rId6"/>
     <sheet name="ACRONYMS" sheetId="15" r:id="rId7"/>
     <sheet name="versions" sheetId="19" state="hidden" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1067,141 +1067,141 @@
   <si>
     <t>TDCR value</t>
   </si>
   <si>
     <t>nb of LS sources</t>
   </si>
   <si>
     <t>LS cocktail (e.g. UG)</t>
   </si>
   <si>
     <t>PMT model</t>
   </si>
   <si>
     <t>efficiency variation (e.g. grey filters)</t>
   </si>
   <si>
     <t>type of dead time (extented / not extended)</t>
   </si>
   <si>
     <t>transition probabilities (55Fe case)</t>
   </si>
   <si>
     <t>beta spectrum</t>
   </si>
   <si>
-    <t>V0.0 page 1</t>
-[...1 lines deleted...]
-  <si>
     <t>ESIR reporting form - radioactive solution</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ESIR reporting form - Main                                                      </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>page 1</t>
     </r>
   </si>
   <si>
-    <t>V0.0 page 2</t>
+    <t>additional water/carrier (type and mL)</t>
+  </si>
+  <si>
+    <t>other comments</t>
+  </si>
+  <si>
+    <t>count rate (s-1)</t>
+  </si>
+  <si>
+    <t>doubles efficiency range used</t>
+  </si>
+  <si>
+    <t>complexing agent (e.g. HDEHP)</t>
+  </si>
+  <si>
+    <t>accidental coincidences considered (yes/no)</t>
+  </si>
+  <si>
+    <t>V1.0 page 1</t>
+  </si>
+  <si>
+    <t>V1.0 page 2</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ESIR - Measurement 1 / Uncertainty budget                                      </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>V0.0</t>
+      <t>V1.0</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> page 3a</t>
     </r>
   </si>
   <si>
-    <t>additional water/carrier (type and mL)</t>
-[...13 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">ESIR - Measurement 1 / additional informations                                                       </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>V0.0   page 3b</t>
+      <t>V1.0   page 3b</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>accidental coincidences considered (yes/no)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="8">
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="yyyy\ mm\ dd\ hh\ mm\ ss"/>
     <numFmt numFmtId="166" formatCode="0.00000"/>
     <numFmt numFmtId="167" formatCode="0.000000"/>
     <numFmt numFmtId="168" formatCode="0.000E+00"/>
     <numFmt numFmtId="169" formatCode="0.0000E+00"/>
     <numFmt numFmtId="170" formatCode="yyyy\-mm\-dd\ hh:mm:ss"/>
     <numFmt numFmtId="171" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1374,51 +1374,51 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="3" tint="0.79998168889431442"/>
+        <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="37">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1981,108 +1981,92 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="11" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="11" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="11" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -2123,223 +2107,239 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="171" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="3" borderId="17" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="16" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...113 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Carine MICHOTTE" id="{8DC730CF-FD25-4112-8406-4691E9003481}" userId="S::cmichott@bipm.org::66b922da-227e-46e4-a440-fc6dcf0f4023" providerId="AD"/>
 </personList>
@@ -2640,2135 +2640,2135 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>39</v>
       </c>
       <c r="C1" t="s">
         <v>41</v>
       </c>
       <c r="E1" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>40</v>
       </c>
       <c r="C2" t="s">
         <v>42</v>
       </c>
       <c r="E2" t="s">
         <v>76</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="18.5703125" style="1" customWidth="1"/>
-    <col min="2" max="2" width="18.7109375" customWidth="1"/>
+    <col min="1" max="1" width="18.5546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.6640625" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B1" s="4">
         <f>Main!B5</f>
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B2" s="4">
         <f>Main!B13</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A3" s="13" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="12" t="str">
         <f>Solution!B25</f>
         <v>Please don't leave empty</v>
       </c>
       <c r="C3" s="12">
         <f>Solution!C25</f>
         <v>0</v>
       </c>
       <c r="D3" s="12">
         <f>Solution!D25</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B4" s="12">
         <f>Solution!B26</f>
         <v>0</v>
       </c>
       <c r="C4" s="12">
         <f>Solution!C26</f>
         <v>0</v>
       </c>
       <c r="D4" s="12">
         <f>Solution!D26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B5" s="5">
         <f>Main!B25</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A6" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B6" s="6">
         <f>Main!B24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A7" s="13" t="s">
         <v>71</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A8" s="14">
         <f>Solution!A17</f>
         <v>0</v>
       </c>
       <c r="B8" s="7">
         <f>Solution!B17</f>
         <v>0</v>
       </c>
       <c r="C8" s="10">
         <f>Solution!C17</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A9" s="14">
         <f>Solution!A18</f>
         <v>0</v>
       </c>
       <c r="B9" s="7">
         <f>Solution!B18</f>
         <v>0</v>
       </c>
       <c r="C9" s="10">
         <f>Solution!C18</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A10" s="14">
         <f>Solution!A19</f>
         <v>0</v>
       </c>
       <c r="B10" s="7">
         <f>Solution!B19</f>
         <v>0</v>
       </c>
       <c r="C10" s="10">
         <f>Solution!C19</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A11" s="14">
         <f>Solution!A20</f>
         <v>0</v>
       </c>
       <c r="B11" s="7">
         <f>Solution!B20</f>
         <v>0</v>
       </c>
       <c r="C11" s="10">
         <f>Solution!C20</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A12" s="15">
         <f>Solution!A21</f>
         <v>0</v>
       </c>
       <c r="B12" s="8">
         <f>Solution!B21</f>
         <v>0</v>
       </c>
       <c r="C12" s="10">
         <f>Solution!C21</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A13" s="2"/>
       <c r="B13" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="32.25" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="9">
         <f>IF(Main!B28&gt;0,Main!B28,IF(Main!C28&gt;0,0,Main!D28))</f>
         <v>0</v>
       </c>
       <c r="C14" s="9">
         <f>IF(Main!B28&gt;0,Main!C28,IF(Main!C28&gt;0,Main!C28,0))</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" sort="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection sqref="A1:D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="42.7109375" style="17" customWidth="1"/>
+    <col min="1" max="1" width="42.6640625" style="17" customWidth="1"/>
     <col min="2" max="2" width="14" style="17" customWidth="1"/>
-    <col min="3" max="3" width="13.85546875" style="17" customWidth="1"/>
+    <col min="3" max="3" width="13.88671875" style="17" customWidth="1"/>
     <col min="4" max="4" width="17" style="17" customWidth="1"/>
-    <col min="5" max="5" width="41.28515625" style="17" customWidth="1"/>
+    <col min="5" max="5" width="41.33203125" style="17" customWidth="1"/>
     <col min="6" max="6" width="10" style="17" customWidth="1"/>
-    <col min="7" max="16384" width="11.42578125" style="17"/>
+    <col min="7" max="16384" width="11.44140625" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="A2" s="90" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.35">
+      <c r="A1" s="157" t="s">
+        <v>215</v>
+      </c>
+      <c r="B1" s="157"/>
+      <c r="C1" s="158"/>
+      <c r="D1" s="159" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A2" s="160" t="s">
         <v>186</v>
       </c>
-      <c r="B2" s="68"/>
-[...3 lines deleted...]
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B2" s="161"/>
+      <c r="C2" s="162"/>
+      <c r="D2" s="162"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="59" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="138"/>
-[...4 lines deleted...]
-      <c r="A4" s="92" t="s">
+      <c r="B3" s="117"/>
+      <c r="C3" s="118"/>
+      <c r="D3" s="119"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" s="85" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="58"/>
       <c r="C4" s="60"/>
       <c r="D4" s="58"/>
       <c r="E4" s="18"/>
       <c r="F4" s="18"/>
       <c r="G4" s="18"/>
       <c r="H4" s="18"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="64" t="s">
         <v>181</v>
       </c>
-      <c r="B5" s="136"/>
-[...1 lines deleted...]
-      <c r="D5" s="136"/>
+      <c r="B5" s="115"/>
+      <c r="C5" s="115"/>
+      <c r="D5" s="115"/>
       <c r="E5" s="18"/>
       <c r="F5" s="18"/>
       <c r="G5" s="18"/>
       <c r="H5" s="18"/>
     </row>
-    <row r="6" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="136"/>
-[...1 lines deleted...]
-      <c r="D6" s="136"/>
+      <c r="B6" s="115"/>
+      <c r="C6" s="115"/>
+      <c r="D6" s="115"/>
       <c r="E6" s="18"/>
       <c r="F6" s="18"/>
       <c r="G6" s="18"/>
       <c r="H6" s="18"/>
     </row>
-    <row r="7" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="64" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="136"/>
-[...1 lines deleted...]
-      <c r="D7" s="136"/>
+      <c r="B7" s="115"/>
+      <c r="C7" s="115"/>
+      <c r="D7" s="115"/>
       <c r="E7" s="57"/>
     </row>
-    <row r="8" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="64" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="136"/>
-[...1 lines deleted...]
-      <c r="D8" s="136"/>
+      <c r="B8" s="115"/>
+      <c r="C8" s="115"/>
+      <c r="D8" s="115"/>
       <c r="E8" s="20"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="64" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="136"/>
-[...3 lines deleted...]
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="B9" s="115"/>
+      <c r="C9" s="115"/>
+      <c r="D9" s="115"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="64" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="136"/>
-[...3 lines deleted...]
-    <row r="11" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="115"/>
+      <c r="C10" s="115"/>
+      <c r="D10" s="115"/>
+    </row>
+    <row r="11" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="64" t="s">
         <v>3</v>
       </c>
-      <c r="B11" s="136"/>
-[...1 lines deleted...]
-      <c r="D11" s="136"/>
+      <c r="B11" s="115"/>
+      <c r="C11" s="115"/>
+      <c r="D11" s="115"/>
       <c r="E11" s="19"/>
     </row>
-    <row r="12" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="58"/>
       <c r="B12" s="58"/>
       <c r="C12" s="58"/>
       <c r="D12" s="58"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A13" s="93" t="s">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A13" s="86" t="s">
         <v>168</v>
       </c>
-      <c r="B13" s="137"/>
-[...4 lines deleted...]
-      <c r="A14" s="70" t="s">
+      <c r="B13" s="116"/>
+      <c r="C13" s="116"/>
+      <c r="D13" s="116"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="66" t="s">
         <v>5</v>
       </c>
-      <c r="B14" s="133"/>
-[...4 lines deleted...]
-      <c r="A15" s="70" t="s">
+      <c r="B14" s="113"/>
+      <c r="C14" s="113"/>
+      <c r="D14" s="113"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="66" t="s">
         <v>6</v>
       </c>
-      <c r="B15" s="133"/>
-[...4 lines deleted...]
-      <c r="A16" s="70" t="s">
+      <c r="B15" s="113"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="113"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" s="66" t="s">
         <v>8</v>
       </c>
-      <c r="B16" s="133"/>
-[...3 lines deleted...]
-    <row r="17" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="113"/>
+      <c r="C16" s="113"/>
+      <c r="D16" s="113"/>
+    </row>
+    <row r="17" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="64" t="s">
         <v>7</v>
       </c>
-      <c r="B17" s="134"/>
-[...1 lines deleted...]
-      <c r="D17" s="134"/>
+      <c r="B17" s="114"/>
+      <c r="C17" s="114"/>
+      <c r="D17" s="114"/>
       <c r="E17" s="19"/>
     </row>
-    <row r="18" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="58"/>
       <c r="B18" s="58"/>
       <c r="C18" s="58"/>
       <c r="D18" s="58"/>
     </row>
-    <row r="19" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="92" t="s">
+    <row r="19" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="85" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="58"/>
       <c r="C19" s="58"/>
       <c r="D19" s="58"/>
     </row>
-    <row r="20" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="70" t="s">
+    <row r="20" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="66" t="s">
         <v>28</v>
       </c>
-      <c r="B20" s="133"/>
-[...4 lines deleted...]
-      <c r="A21" s="70" t="s">
+      <c r="B20" s="113"/>
+      <c r="C20" s="113"/>
+      <c r="D20" s="113"/>
+    </row>
+    <row r="21" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="66" t="s">
         <v>171</v>
       </c>
-      <c r="B21" s="125" t="str">
+      <c r="B21" s="124" t="str">
         <f>IF(B20="","",IF(B20="Yes","No","Yes"))</f>
         <v/>
       </c>
-      <c r="C21" s="125"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C21" s="124"/>
+      <c r="D21" s="124"/>
+    </row>
+    <row r="22" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="62"/>
       <c r="B22" s="58"/>
       <c r="C22" s="58"/>
       <c r="D22" s="58"/>
     </row>
-    <row r="23" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="92" t="s">
+    <row r="23" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="85" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="58"/>
       <c r="C23" s="58"/>
       <c r="D23" s="58"/>
     </row>
-    <row r="24" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="59" t="s">
         <v>43</v>
       </c>
-      <c r="B24" s="126"/>
-[...4 lines deleted...]
-      <c r="A25" s="71" t="s">
+      <c r="B24" s="125"/>
+      <c r="C24" s="126"/>
+      <c r="D24" s="127"/>
+    </row>
+    <row r="25" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A25" s="67" t="s">
         <v>83</v>
       </c>
-      <c r="B25" s="129"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="B25" s="128"/>
+      <c r="C25" s="129"/>
+      <c r="D25" s="130"/>
+    </row>
+    <row r="26" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A26" s="65" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="132"/>
-[...3 lines deleted...]
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B26" s="131"/>
+      <c r="C26" s="131"/>
+      <c r="D26" s="131"/>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="59"/>
-      <c r="B27" s="106" t="s">
+      <c r="B27" s="99" t="s">
         <v>78</v>
       </c>
-      <c r="C27" s="107" t="s">
+      <c r="C27" s="100" t="s">
         <v>79</v>
       </c>
-      <c r="D27" s="107" t="s">
+      <c r="D27" s="100" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="28" spans="1:5" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:5" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A28" s="59" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="108"/>
-[...4 lines deleted...]
-      <c r="A29" s="72" t="s">
+      <c r="B28" s="101"/>
+      <c r="C28" s="70"/>
+      <c r="D28" s="70"/>
+    </row>
+    <row r="29" spans="1:5" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="68" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="121"/>
-[...4 lines deleted...]
-      <c r="A30" s="73" t="s">
+      <c r="B29" s="120"/>
+      <c r="C29" s="120"/>
+      <c r="D29" s="120"/>
+    </row>
+    <row r="30" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="69" t="s">
         <v>16</v>
       </c>
-      <c r="B30" s="121"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B30" s="120"/>
+      <c r="C30" s="120"/>
+      <c r="D30" s="120"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="58"/>
       <c r="B31" s="58"/>
       <c r="C31" s="58"/>
       <c r="D31" s="58"/>
     </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="63" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="58"/>
       <c r="C32" s="58"/>
       <c r="D32" s="58"/>
     </row>
-    <row r="33" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D33" s="124"/>
+    <row r="33" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="121"/>
+      <c r="B33" s="122"/>
+      <c r="C33" s="122"/>
+      <c r="D33" s="123"/>
     </row>
   </sheetData>
   <mergeCells count="22">
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="B26:D26"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
-    <mergeCell ref="B29:D29"/>
-[...5 lines deleted...]
-    <mergeCell ref="B26:D26"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showErrorMessage="1" error="Please check your uncertainty value" sqref="B27" xr:uid="{00000000-0002-0000-0200-000000000000}"/>
   </dataValidations>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;RBIPM/RI-SIR-F-05 V. 2.2</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000001000000}">
           <x14:formula1>
             <xm:f>Caché!$A$1:$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>B20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0200-000002000000}">
           <x14:formula1>
             <xm:f>Caché!$C$1:$C$2</xm:f>
           </x14:formula1>
           <xm:sqref>B16</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection sqref="A1:D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="19.5703125" style="17" customWidth="1"/>
+    <col min="1" max="1" width="19.5546875" style="17" customWidth="1"/>
     <col min="2" max="2" width="21" style="17" customWidth="1"/>
-    <col min="3" max="3" width="20.42578125" style="17" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="16384" width="11.42578125" style="17"/>
+    <col min="3" max="3" width="20.44140625" style="17" customWidth="1"/>
+    <col min="4" max="4" width="15.44140625" style="17" customWidth="1"/>
+    <col min="5" max="16384" width="11.44140625" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="18.75" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="A2" s="90" t="s">
+    <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.35">
+      <c r="A1" s="163" t="s">
+        <v>214</v>
+      </c>
+      <c r="B1" s="161"/>
+      <c r="C1" s="161"/>
+      <c r="D1" s="164" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A2" s="160" t="s">
         <v>186</v>
       </c>
-      <c r="B2" s="90"/>
-[...3 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B2" s="160"/>
+      <c r="C2" s="160"/>
+      <c r="D2" s="160"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" s="58"/>
       <c r="B3" s="58"/>
       <c r="C3" s="58"/>
       <c r="D3" s="58"/>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="61" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="77"/>
-[...4 lines deleted...]
-      <c r="A5" s="78" t="s">
+      <c r="B4" s="71"/>
+      <c r="C4" s="71"/>
+      <c r="D4" s="71"/>
+    </row>
+    <row r="5" spans="1:6" ht="45" x14ac:dyDescent="0.3">
+      <c r="A5" s="72" t="s">
         <v>22</v>
       </c>
-      <c r="B5" s="79" t="s">
+      <c r="B5" s="73" t="s">
         <v>63</v>
       </c>
-      <c r="C5" s="79" t="s">
+      <c r="C5" s="73" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="79" t="s">
+      <c r="D5" s="73" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-[...31 lines deleted...]
-      <c r="B11" s="84"/>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A6" s="75"/>
+      <c r="B6" s="70"/>
+      <c r="C6" s="75"/>
+      <c r="D6" s="74"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A7" s="75"/>
+      <c r="B7" s="70"/>
+      <c r="C7" s="75"/>
+      <c r="D7" s="74"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="75"/>
+      <c r="B8" s="70"/>
+      <c r="C8" s="75"/>
+      <c r="D8" s="74"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A9" s="75"/>
+      <c r="B9" s="70"/>
+      <c r="C9" s="75"/>
+      <c r="D9" s="74"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A10" s="75"/>
+      <c r="B10" s="70"/>
+      <c r="C10" s="75"/>
+      <c r="D10" s="74"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A11" s="78"/>
+      <c r="B11" s="78"/>
       <c r="C11" s="58"/>
       <c r="D11" s="58"/>
     </row>
-    <row r="12" spans="1:6" ht="32.25" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A12" s="58"/>
       <c r="B12" s="58"/>
-      <c r="C12" s="73" t="s">
+      <c r="C12" s="69" t="s">
         <v>82</v>
       </c>
-      <c r="D12" s="74"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:6" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D12" s="70"/>
+    </row>
+    <row r="13" spans="1:6" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="58"/>
       <c r="B13" s="58"/>
       <c r="C13" s="58"/>
       <c r="D13" s="58"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="92" t="s">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A14" s="85" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="91"/>
-      <c r="C14" s="112" t="s">
+      <c r="B14" s="84"/>
+      <c r="C14" s="105" t="s">
         <v>177</v>
       </c>
-      <c r="D14" s="105"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="D14" s="98"/>
+    </row>
+    <row r="15" spans="1:6" ht="43.2" x14ac:dyDescent="0.3">
       <c r="A15" s="58"/>
       <c r="B15" s="58"/>
-      <c r="C15" s="73" t="s">
+      <c r="C15" s="69" t="s">
         <v>23</v>
       </c>
-      <c r="D15" s="115"/>
-[...2 lines deleted...]
-      <c r="A16" s="85" t="s">
+      <c r="D15" s="108"/>
+    </row>
+    <row r="16" spans="1:6" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A16" s="79" t="s">
         <v>178</v>
       </c>
-      <c r="B16" s="79" t="s">
+      <c r="B16" s="73" t="s">
         <v>73</v>
       </c>
-      <c r="C16" s="79" t="s">
+      <c r="C16" s="73" t="s">
         <v>74</v>
       </c>
-      <c r="D16" s="79" t="s">
+      <c r="D16" s="73" t="s">
         <v>20</v>
       </c>
       <c r="F16" s="23"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D17" s="89" t="str">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A17" s="75"/>
+      <c r="B17" s="76"/>
+      <c r="C17" s="76"/>
+      <c r="D17" s="83" t="str">
         <f>IF(C17=0,"",C17/B17)</f>
         <v/>
       </c>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D18" s="89" t="str">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="75"/>
+      <c r="B18" s="76"/>
+      <c r="C18" s="76"/>
+      <c r="D18" s="83" t="str">
         <f t="shared" ref="D18:D21" si="0">IF(C18=0,"",C18/B18)</f>
         <v/>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D19" s="89" t="str">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="75"/>
+      <c r="B19" s="76"/>
+      <c r="C19" s="76"/>
+      <c r="D19" s="83" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D20" s="89" t="str">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="75"/>
+      <c r="B20" s="76"/>
+      <c r="C20" s="76"/>
+      <c r="D20" s="83" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D21" s="89" t="str">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="75"/>
+      <c r="B21" s="76"/>
+      <c r="C21" s="76"/>
+      <c r="D21" s="83" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A22" s="86" t="s">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="80" t="s">
         <v>44</v>
       </c>
-      <c r="B22" s="87">
+      <c r="B22" s="81">
         <v>2.5599999999999999E-5</v>
       </c>
-      <c r="C22" s="87">
+      <c r="C22" s="81">
         <v>1.1000000000000001E-6</v>
       </c>
-      <c r="D22" s="88">
+      <c r="D22" s="82">
         <f>IF(B22="","",C22/B22)</f>
         <v>4.2968750000000007E-2</v>
       </c>
       <c r="E22" s="24" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="58"/>
       <c r="B23" s="58"/>
       <c r="C23" s="58"/>
       <c r="D23" s="58"/>
     </row>
-    <row r="24" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="92" t="s">
+    <row r="24" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="85" t="s">
         <v>25</v>
       </c>
-      <c r="B24" s="77"/>
-      <c r="C24" s="77"/>
+      <c r="B24" s="71"/>
+      <c r="C24" s="71"/>
       <c r="D24" s="58"/>
     </row>
-    <row r="25" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="71" t="s">
+    <row r="25" spans="1:5" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="67" t="s">
         <v>10</v>
       </c>
-      <c r="B25" s="111" t="s">
+      <c r="B25" s="104" t="s">
         <v>176</v>
       </c>
-      <c r="C25" s="81"/>
-[...3 lines deleted...]
-      <c r="A26" s="71" t="s">
+      <c r="C25" s="75"/>
+      <c r="D25" s="75"/>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="67" t="s">
         <v>13</v>
       </c>
-      <c r="B26" s="83"/>
-[...4 lines deleted...]
-      <c r="A27" s="71" t="s">
+      <c r="B26" s="77"/>
+      <c r="C26" s="77"/>
+      <c r="D26" s="77"/>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="67" t="s">
         <v>67</v>
       </c>
-      <c r="B27" s="83"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="B27" s="77"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="77"/>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="58"/>
       <c r="B28" s="58"/>
       <c r="C28" s="58"/>
       <c r="D28" s="58"/>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="58"/>
       <c r="B29" s="58"/>
       <c r="C29" s="58"/>
       <c r="D29" s="58"/>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="63" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="58"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
     </row>
-    <row r="31" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D31" s="143"/>
+    <row r="31" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="132"/>
+      <c r="B31" s="133"/>
+      <c r="C31" s="133"/>
+      <c r="D31" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A31:D31"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Mass outside specification for the SIR. Please contact the BIPM." sqref="C25 C27" xr:uid="{00000000-0002-0000-0300-000000000000}"/>
     <dataValidation type="decimal" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Mass outside specification for the SIR. Please check or contact the BIPM." promptTitle="Volume range" prompt="For the SIR: volume should be between 3.4 cm3 and 3.8 cm3_x000a_For the SIRTI: volume should be between 3.5 cm3 and 3.7 cm3" sqref="B26:D26" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>3</formula1>
       <formula2>4.1</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E3B4354A-1C7F-4981-B98C-755591CA2E26}">
           <x14:formula1>
             <xm:f>Caché!$A$1:$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>D14</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:I33"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:D1"/>
+      <selection sqref="A1:D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="22.7109375" style="17" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="11.42578125" style="17"/>
+    <col min="1" max="1" width="22.6640625" style="17" customWidth="1"/>
+    <col min="2" max="2" width="10.109375" style="17" customWidth="1"/>
+    <col min="3" max="3" width="10.5546875" style="17" customWidth="1"/>
+    <col min="4" max="4" width="39.88671875" style="17" customWidth="1"/>
+    <col min="5" max="5" width="16.5546875" style="17" customWidth="1"/>
+    <col min="6" max="16384" width="11.44140625" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="D1" s="135"/>
+    <row r="1" spans="1:9" ht="18" x14ac:dyDescent="0.35">
+      <c r="A1" s="157" t="s">
+        <v>224</v>
+      </c>
+      <c r="B1" s="157"/>
+      <c r="C1" s="157"/>
+      <c r="D1" s="157"/>
       <c r="E1" s="22"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A2" s="90" t="s">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A2" s="160" t="s">
         <v>186</v>
       </c>
-      <c r="B2" s="90"/>
-[...3 lines deleted...]
-    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B2" s="160"/>
+      <c r="C2" s="160"/>
+      <c r="D2" s="160"/>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A3" s="58"/>
       <c r="B3" s="58"/>
       <c r="C3" s="58"/>
       <c r="D3" s="58"/>
     </row>
-    <row r="4" spans="1:9" s="19" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="73" t="s">
+    <row r="4" spans="1:9" s="19" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="69" t="s">
         <v>21</v>
       </c>
-      <c r="B4" s="146"/>
-[...4 lines deleted...]
-      <c r="A5" s="73" t="s">
+      <c r="B4" s="137"/>
+      <c r="C4" s="137"/>
+      <c r="D4" s="138"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A5" s="69" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="146"/>
-[...1 lines deleted...]
-      <c r="D5" s="97" t="s">
+      <c r="B5" s="137"/>
+      <c r="C5" s="139"/>
+      <c r="D5" s="90" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="73" t="s">
+    <row r="6" spans="1:9" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="69" t="s">
         <v>26</v>
       </c>
-      <c r="B6" s="149"/>
-[...4 lines deleted...]
-      <c r="A7" s="73" t="s">
+      <c r="B6" s="140"/>
+      <c r="C6" s="141"/>
+      <c r="D6" s="135"/>
+    </row>
+    <row r="7" spans="1:9" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A7" s="69" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="151">
+      <c r="B7" s="142">
         <f>B33</f>
         <v>0</v>
       </c>
-      <c r="C7" s="152"/>
-      <c r="D7" s="144"/>
+      <c r="C7" s="143"/>
+      <c r="D7" s="135"/>
       <c r="I7" s="21"/>
     </row>
-    <row r="8" spans="1:9" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="73" t="s">
+    <row r="8" spans="1:9" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="69" t="s">
         <v>170</v>
       </c>
-      <c r="B8" s="146"/>
-[...1 lines deleted...]
-      <c r="D8" s="145"/>
+      <c r="B8" s="137"/>
+      <c r="C8" s="139"/>
+      <c r="D8" s="136"/>
       <c r="I8" s="21"/>
     </row>
-    <row r="9" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="96" t="s">
+    <row r="9" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="89" t="s">
         <v>30</v>
       </c>
-      <c r="B9" s="153"/>
-      <c r="C9" s="153"/>
+      <c r="B9" s="144"/>
+      <c r="C9" s="144"/>
       <c r="D9" s="58"/>
       <c r="I9" s="25"/>
     </row>
-    <row r="10" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A10" s="73" t="s">
+    <row r="10" spans="1:9" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A10" s="69" t="s">
         <v>31</v>
       </c>
-      <c r="B10" s="146"/>
-[...4 lines deleted...]
-      <c r="A11" s="73" t="s">
+      <c r="B10" s="137"/>
+      <c r="C10" s="137"/>
+      <c r="D10" s="137"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A11" s="69" t="s">
         <v>32</v>
       </c>
-      <c r="B11" s="146"/>
-      <c r="C11" s="146"/>
+      <c r="B11" s="137"/>
+      <c r="C11" s="137"/>
       <c r="D11" s="58"/>
     </row>
-    <row r="12" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A12" s="73" t="s">
+    <row r="12" spans="1:9" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A12" s="69" t="s">
         <v>33</v>
       </c>
-      <c r="B12" s="146"/>
-      <c r="C12" s="146"/>
+      <c r="B12" s="137"/>
+      <c r="C12" s="137"/>
       <c r="D12" s="58"/>
     </row>
-    <row r="13" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="58"/>
       <c r="B13" s="58"/>
       <c r="C13" s="58"/>
       <c r="D13" s="58"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="98" t="s">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A14" s="91" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="58"/>
       <c r="C14" s="58"/>
       <c r="D14" s="58"/>
     </row>
-    <row r="15" spans="1:9" ht="39" x14ac:dyDescent="0.25">
-      <c r="A15" s="99" t="s">
+    <row r="15" spans="1:9" ht="38.4" x14ac:dyDescent="0.3">
+      <c r="A15" s="92" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="100" t="s">
+      <c r="B15" s="93" t="s">
         <v>62</v>
       </c>
-      <c r="C15" s="100" t="s">
+      <c r="C15" s="93" t="s">
         <v>37</v>
       </c>
-      <c r="D15" s="101" t="s">
+      <c r="D15" s="94" t="s">
         <v>36</v>
       </c>
       <c r="E15" s="26" t="s">
         <v>78</v>
       </c>
       <c r="F15" s="26" t="s">
         <v>79</v>
       </c>
-      <c r="G15" s="113" t="s">
+      <c r="G15" s="106" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="103" t="s">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A16" s="96" t="s">
         <v>47</v>
       </c>
-      <c r="B16" s="94"/>
-[...1 lines deleted...]
-      <c r="D16" s="109"/>
+      <c r="B16" s="87"/>
+      <c r="C16" s="87"/>
+      <c r="D16" s="102"/>
       <c r="E16" s="27" t="str">
         <f>IF(C16="A",B16,"")</f>
         <v/>
       </c>
       <c r="F16" s="27" t="str">
         <f>IF(C16="B",B16,"")</f>
         <v/>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A17" s="103" t="s">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A17" s="96" t="s">
         <v>49</v>
       </c>
-      <c r="B17" s="94"/>
-[...1 lines deleted...]
-      <c r="D17" s="109"/>
+      <c r="B17" s="87"/>
+      <c r="C17" s="87"/>
+      <c r="D17" s="102"/>
       <c r="E17" s="27" t="str">
         <f t="shared" ref="E17:E32" si="0">IF(C17="A",B17,"")</f>
         <v/>
       </c>
       <c r="F17" s="27" t="str">
         <f t="shared" ref="F17:F32" si="1">IF(C17="B",B17,"")</f>
         <v/>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A18" s="103" t="s">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A18" s="96" t="s">
         <v>48</v>
       </c>
-      <c r="B18" s="94"/>
-[...1 lines deleted...]
-      <c r="D18" s="109"/>
+      <c r="B18" s="87"/>
+      <c r="C18" s="87"/>
+      <c r="D18" s="102"/>
       <c r="E18" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F18" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A19" s="103" t="s">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A19" s="96" t="s">
         <v>54</v>
       </c>
-      <c r="B19" s="94"/>
-[...1 lines deleted...]
-      <c r="D19" s="109"/>
+      <c r="B19" s="87"/>
+      <c r="C19" s="87"/>
+      <c r="D19" s="102"/>
       <c r="E19" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F19" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A20" s="103" t="s">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A20" s="96" t="s">
         <v>50</v>
       </c>
-      <c r="B20" s="94"/>
-[...1 lines deleted...]
-      <c r="D20" s="109"/>
+      <c r="B20" s="87"/>
+      <c r="C20" s="87"/>
+      <c r="D20" s="102"/>
       <c r="E20" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F20" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A21" s="103" t="s">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A21" s="96" t="s">
         <v>51</v>
       </c>
-      <c r="B21" s="94"/>
-[...1 lines deleted...]
-      <c r="D21" s="109"/>
+      <c r="B21" s="87"/>
+      <c r="C21" s="87"/>
+      <c r="D21" s="102"/>
       <c r="E21" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F21" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A22" s="103" t="s">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A22" s="96" t="s">
         <v>58</v>
       </c>
-      <c r="B22" s="94"/>
-[...1 lines deleted...]
-      <c r="D22" s="109"/>
+      <c r="B22" s="87"/>
+      <c r="C22" s="87"/>
+      <c r="D22" s="102"/>
       <c r="E22" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F22" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A23" s="103" t="s">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A23" s="96" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="94"/>
-[...1 lines deleted...]
-      <c r="D23" s="109"/>
+      <c r="B23" s="87"/>
+      <c r="C23" s="87"/>
+      <c r="D23" s="102"/>
       <c r="E23" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F23" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A24" s="103" t="s">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A24" s="96" t="s">
         <v>19</v>
       </c>
-      <c r="B24" s="94"/>
-[...1 lines deleted...]
-      <c r="D24" s="109"/>
+      <c r="B24" s="87"/>
+      <c r="C24" s="87"/>
+      <c r="D24" s="102"/>
       <c r="E24" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F24" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A25" s="103" t="s">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A25" s="96" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="94"/>
-[...1 lines deleted...]
-      <c r="D25" s="109"/>
+      <c r="B25" s="87"/>
+      <c r="C25" s="87"/>
+      <c r="D25" s="102"/>
       <c r="E25" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F25" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A26" s="103" t="s">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A26" s="96" t="s">
         <v>55</v>
       </c>
-      <c r="B26" s="94"/>
-[...1 lines deleted...]
-      <c r="D26" s="109"/>
+      <c r="B26" s="87"/>
+      <c r="C26" s="87"/>
+      <c r="D26" s="102"/>
       <c r="E26" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F26" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="24.75" x14ac:dyDescent="0.25">
-      <c r="A27" s="103" t="s">
+    <row r="27" spans="1:6" ht="24.6" x14ac:dyDescent="0.3">
+      <c r="A27" s="96" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="94"/>
-[...1 lines deleted...]
-      <c r="D27" s="109"/>
+      <c r="B27" s="87"/>
+      <c r="C27" s="87"/>
+      <c r="D27" s="102"/>
       <c r="E27" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F27" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A28" s="103" t="s">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A28" s="96" t="s">
         <v>57</v>
       </c>
-      <c r="B28" s="94"/>
-[...1 lines deleted...]
-      <c r="D28" s="109"/>
+      <c r="B28" s="87"/>
+      <c r="C28" s="87"/>
+      <c r="D28" s="102"/>
       <c r="E28" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F28" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A29" s="103" t="s">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A29" s="96" t="s">
         <v>56</v>
       </c>
-      <c r="B29" s="94"/>
-[...1 lines deleted...]
-      <c r="D29" s="109"/>
+      <c r="B29" s="87"/>
+      <c r="C29" s="87"/>
+      <c r="D29" s="102"/>
       <c r="E29" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F29" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A30" s="103" t="s">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A30" s="96" t="s">
         <v>60</v>
       </c>
-      <c r="B30" s="94"/>
-[...1 lines deleted...]
-      <c r="D30" s="109"/>
+      <c r="B30" s="87"/>
+      <c r="C30" s="87"/>
+      <c r="D30" s="102"/>
       <c r="E30" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F30" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D31" s="109"/>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A31" s="96"/>
+      <c r="B31" s="87"/>
+      <c r="C31" s="87"/>
+      <c r="D31" s="102"/>
       <c r="E31" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F31" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D32" s="109"/>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A32" s="97"/>
+      <c r="B32" s="87"/>
+      <c r="C32" s="87"/>
+      <c r="D32" s="102"/>
       <c r="E32" s="27" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="F32" s="27" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-      <c r="A33" s="102" t="s">
+    <row r="33" spans="1:7" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A33" s="95" t="s">
         <v>38</v>
       </c>
-      <c r="B33" s="110"/>
-[...1 lines deleted...]
-      <c r="D33" s="95"/>
+      <c r="B33" s="103"/>
+      <c r="C33" s="74"/>
+      <c r="D33" s="88"/>
       <c r="E33" s="28">
         <f>SQRT(SUMSQ(E16:E32))</f>
         <v>0</v>
       </c>
       <c r="F33" s="28">
         <f>SQRT(SUMSQ(F16:F32))</f>
         <v>0</v>
       </c>
-      <c r="G33" s="114">
+      <c r="G33" s="107">
         <f>SQRT(SUMSQ(E33:F33))</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="D6:D8"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B9:C9"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="decimal" errorStyle="warning" allowBlank="1" showErrorMessage="1" error="Relative uncertainty lower than 0.01 % or higher than 10 %_x000a_Please check." sqref="B33" xr:uid="{00000000-0002-0000-0400-000000000000}">
       <formula1>0.01</formula1>
       <formula2>10</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0400-000001000000}">
           <x14:formula1>
             <xm:f>Caché!$E$1:$E$2</xm:f>
           </x14:formula1>
           <xm:sqref>C16:C32</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FAE6FC6B-6BBE-46CB-80FD-CA897F6BBCB0}">
   <dimension ref="A1:B53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="A15" sqref="A15"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B3" sqref="A1:B3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="41.140625" customWidth="1"/>
-    <col min="2" max="2" width="54.7109375" customWidth="1"/>
+    <col min="1" max="1" width="41.109375" customWidth="1"/>
+    <col min="2" max="2" width="54.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="A2" s="68" t="s">
+    <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.35">
+      <c r="A1" s="163" t="s">
+        <v>225</v>
+      </c>
+      <c r="B1" s="165"/>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A2" s="161" t="s">
         <v>186</v>
       </c>
-      <c r="B2" s="68"/>
-[...2 lines deleted...]
-      <c r="A3" s="68" t="s">
+      <c r="B2" s="161"/>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A3" s="161" t="s">
         <v>189</v>
       </c>
-      <c r="B3" s="68"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B3" s="161"/>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A4" s="58"/>
       <c r="B4" s="58"/>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A5" s="61" t="s">
         <v>188</v>
       </c>
-      <c r="B5" s="77"/>
-[...2 lines deleted...]
-      <c r="A6" s="78" t="s">
+      <c r="B5" s="71"/>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A6" s="72" t="s">
         <v>187</v>
       </c>
-      <c r="B6" s="79"/>
-[...2 lines deleted...]
-      <c r="A7" s="81" t="s">
+      <c r="B6" s="73"/>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A7" s="75" t="s">
         <v>199</v>
       </c>
-      <c r="B7" s="74"/>
-[...2 lines deleted...]
-      <c r="A8" s="81" t="s">
+      <c r="B7" s="70"/>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A8" s="75" t="s">
         <v>194</v>
       </c>
-      <c r="B8" s="74"/>
-[...2 lines deleted...]
-      <c r="A9" s="81" t="s">
+      <c r="B8" s="70"/>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A9" s="75" t="s">
         <v>200</v>
       </c>
-      <c r="B9" s="74"/>
-[...2 lines deleted...]
-      <c r="A10" s="81" t="s">
+      <c r="B9" s="70"/>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A10" s="75" t="s">
         <v>193</v>
       </c>
-      <c r="B10" s="74"/>
-[...2 lines deleted...]
-      <c r="A11" s="81" t="s">
+      <c r="B10" s="70"/>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A11" s="75" t="s">
         <v>190</v>
       </c>
-      <c r="B11" s="74"/>
-[...2 lines deleted...]
-      <c r="A12" s="81" t="s">
+      <c r="B11" s="70"/>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A12" s="75" t="s">
         <v>201</v>
       </c>
-      <c r="B12" s="74"/>
-[...2 lines deleted...]
-      <c r="A13" s="81" t="s">
+      <c r="B12" s="70"/>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A13" s="75" t="s">
         <v>202</v>
       </c>
-      <c r="B13" s="74"/>
-[...8 lines deleted...]
-      <c r="A15" s="81" t="s">
+      <c r="B13" s="70"/>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A14" s="75" t="s">
+        <v>221</v>
+      </c>
+      <c r="B14" s="70"/>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A15" s="75" t="s">
         <v>213</v>
       </c>
-      <c r="B15" s="74"/>
-[...2 lines deleted...]
-      <c r="A16" s="81" t="s">
+      <c r="B15" s="70"/>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A16" s="75" t="s">
         <v>212</v>
       </c>
-      <c r="B16" s="74"/>
-[...2 lines deleted...]
-      <c r="A17" s="160" t="s">
+      <c r="B16" s="70"/>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A17" s="151" t="s">
+        <v>217</v>
+      </c>
+      <c r="B17" s="154"/>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A18" s="152"/>
+      <c r="B18" s="155"/>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A19" s="153"/>
+      <c r="B19" s="156"/>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A20" s="78"/>
+      <c r="B20" s="78"/>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A21" s="85"/>
+      <c r="B21" s="84"/>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A22" s="85" t="s">
+        <v>191</v>
+      </c>
+      <c r="B22" s="58"/>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A23" s="75" t="s">
+        <v>195</v>
+      </c>
+      <c r="B23" s="76"/>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A24" s="75" t="s">
+        <v>208</v>
+      </c>
+      <c r="B24" s="76"/>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A25" s="75" t="s">
+        <v>192</v>
+      </c>
+      <c r="B25" s="76"/>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A26" s="109" t="s">
+        <v>196</v>
+      </c>
+      <c r="B26" s="76"/>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A27" s="75" t="s">
+        <v>216</v>
+      </c>
+      <c r="B27" s="76"/>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A28" s="75" t="s">
         <v>220</v>
       </c>
-      <c r="B17" s="163"/>
-[...60 lines deleted...]
-      <c r="A29" s="81" t="s">
+      <c r="B28" s="76"/>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A29" s="75" t="s">
         <v>207</v>
       </c>
-      <c r="B29" s="82"/>
-[...15 lines deleted...]
-    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B29" s="76"/>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A30" s="151" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" s="154"/>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A31" s="152"/>
+      <c r="B31" s="155"/>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A32" s="153"/>
+      <c r="B32" s="156"/>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A33" s="58"/>
       <c r="B33" s="58"/>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A34" s="119" t="s">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A34" s="112" t="s">
         <v>197</v>
       </c>
-      <c r="B34" s="118"/>
-[...2 lines deleted...]
-      <c r="A35" s="81" t="s">
+      <c r="B34" s="111"/>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A35" s="75" t="s">
         <v>198</v>
       </c>
-      <c r="B35" s="82"/>
-[...2 lines deleted...]
-      <c r="A36" s="81" t="s">
+      <c r="B35" s="76"/>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A36" s="75" t="s">
         <v>209</v>
       </c>
-      <c r="B36" s="82"/>
-[...2 lines deleted...]
-      <c r="A37" s="81" t="s">
+      <c r="B36" s="76"/>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A37" s="75" t="s">
         <v>203</v>
       </c>
-      <c r="B37" s="82"/>
-[...2 lines deleted...]
-      <c r="A38" s="116" t="s">
+      <c r="B37" s="76"/>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A38" s="109" t="s">
         <v>211</v>
       </c>
-      <c r="B38" s="82"/>
-[...2 lines deleted...]
-      <c r="A39" s="81" t="s">
+      <c r="B38" s="76"/>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A39" s="75" t="s">
         <v>204</v>
       </c>
-      <c r="B39" s="82"/>
-[...2 lines deleted...]
-      <c r="A40" s="81" t="s">
+      <c r="B39" s="76"/>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A40" s="75" t="s">
         <v>210</v>
       </c>
-      <c r="B40" s="82"/>
-[...2 lines deleted...]
-      <c r="A41" s="81" t="s">
+      <c r="B40" s="76"/>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A41" s="75" t="s">
         <v>205</v>
       </c>
-      <c r="B41" s="82"/>
-[...2 lines deleted...]
-      <c r="A42" s="81" t="s">
+      <c r="B41" s="76"/>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A42" s="75" t="s">
         <v>206</v>
       </c>
-      <c r="B42" s="82"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B42" s="76"/>
+    </row>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>222</v>
-[...24 lines deleted...]
-      <c r="A48" s="117" t="s">
+        <v>219</v>
+      </c>
+      <c r="B43" s="76"/>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A44" s="75" t="s">
+        <v>218</v>
+      </c>
+      <c r="B44" s="76"/>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A45" s="151" t="s">
+        <v>217</v>
+      </c>
+      <c r="B45" s="154"/>
+    </row>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A46" s="152"/>
+      <c r="B46" s="155"/>
+    </row>
+    <row r="47" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A47" s="153"/>
+      <c r="B47" s="156"/>
+    </row>
+    <row r="48" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A48" s="110" t="s">
         <v>36</v>
       </c>
-      <c r="B48" s="118"/>
-[...19 lines deleted...]
-      <c r="B53" s="159"/>
+      <c r="B48" s="111"/>
+    </row>
+    <row r="49" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A49" s="145"/>
+      <c r="B49" s="146"/>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A50" s="147"/>
+      <c r="B50" s="148"/>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A51" s="147"/>
+      <c r="B51" s="148"/>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A52" s="147"/>
+      <c r="B52" s="148"/>
+    </row>
+    <row r="53" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A53" s="149"/>
+      <c r="B53" s="150"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A49:B53"/>
     <mergeCell ref="A17:A19"/>
     <mergeCell ref="B17:B19"/>
     <mergeCell ref="A30:A32"/>
     <mergeCell ref="B30:B32"/>
     <mergeCell ref="A45:A47"/>
     <mergeCell ref="B45:B47"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="H17" sqref="H17"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="22.5703125" customWidth="1"/>
-    <col min="3" max="3" width="25.7109375" customWidth="1"/>
+    <col min="1" max="1" width="22.5546875" customWidth="1"/>
+    <col min="3" max="3" width="25.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:4" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="29" t="s">
         <v>86</v>
       </c>
       <c r="B2" s="30" t="s">
         <v>87</v>
       </c>
       <c r="C2" s="29" t="s">
         <v>88</v>
       </c>
       <c r="D2" s="31" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="3" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="32" t="s">
         <v>89</v>
       </c>
       <c r="B3" s="33" t="s">
         <v>90</v>
       </c>
       <c r="C3" s="32" t="s">
         <v>91</v>
       </c>
       <c r="D3" s="34" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="32" t="s">
         <v>93</v>
       </c>
       <c r="B4" s="33" t="s">
         <v>94</v>
       </c>
       <c r="C4" s="32" t="s">
         <v>95</v>
       </c>
       <c r="D4" s="35" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="32" t="s">
         <v>97</v>
       </c>
       <c r="B5" s="33" t="s">
         <v>98</v>
       </c>
       <c r="C5" s="32" t="s">
         <v>99</v>
       </c>
       <c r="D5" s="35" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="32" t="s">
         <v>101</v>
       </c>
       <c r="B6" s="33" t="s">
         <v>102</v>
       </c>
       <c r="C6" s="32" t="s">
         <v>103</v>
       </c>
       <c r="D6" s="35" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="36"/>
       <c r="B7" s="37"/>
       <c r="C7" s="32" t="s">
         <v>105</v>
       </c>
       <c r="D7" s="35" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="36"/>
       <c r="B8" s="37"/>
       <c r="C8" s="32" t="s">
         <v>107</v>
       </c>
       <c r="D8" s="35" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="36"/>
       <c r="B9" s="37"/>
       <c r="C9" s="32" t="s">
         <v>109</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="36"/>
       <c r="B10" s="37"/>
       <c r="C10" s="32" t="s">
         <v>111</v>
       </c>
       <c r="D10" s="35" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="36"/>
       <c r="B11" s="37"/>
       <c r="C11" s="32" t="s">
         <v>113</v>
       </c>
       <c r="D11" s="35" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="12" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="36"/>
       <c r="B12" s="37"/>
       <c r="C12" s="38" t="s">
         <v>115</v>
       </c>
       <c r="D12" s="39" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="36"/>
       <c r="B13" s="37"/>
       <c r="C13" s="32" t="s">
         <v>117</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="36"/>
       <c r="B14" s="37"/>
       <c r="C14" s="42" t="s">
         <v>119</v>
       </c>
       <c r="D14" s="43" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="40"/>
       <c r="B15" s="41"/>
       <c r="C15" s="46" t="s">
         <v>121</v>
       </c>
       <c r="D15" s="47" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="16" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:4" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="44"/>
       <c r="B16" s="45"/>
       <c r="C16" s="46" t="s">
         <v>172</v>
       </c>
       <c r="D16" s="47" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="17" spans="1:4" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:4" ht="15.6" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="29" t="s">
         <v>123</v>
       </c>
       <c r="B17" s="30" t="s">
         <v>87</v>
       </c>
       <c r="C17" s="29" t="s">
         <v>124</v>
       </c>
       <c r="D17" s="48" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="18" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="32" t="s">
         <v>125</v>
       </c>
       <c r="B18" s="33" t="s">
         <v>126</v>
       </c>
       <c r="C18" s="32" t="s">
         <v>127</v>
       </c>
       <c r="D18" s="35" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="32" t="s">
         <v>129</v>
       </c>
       <c r="B19" s="33" t="s">
         <v>130</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>131</v>
       </c>
       <c r="D19" s="35" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="20" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="32" t="s">
         <v>133</v>
       </c>
       <c r="B20" s="33" t="s">
         <v>134</v>
       </c>
       <c r="C20" s="32" t="s">
         <v>135</v>
       </c>
       <c r="D20" s="35" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="32" t="s">
         <v>137</v>
       </c>
       <c r="B21" s="33" t="s">
         <v>138</v>
       </c>
       <c r="C21" s="32" t="s">
         <v>139</v>
       </c>
       <c r="D21" s="35" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="32" t="s">
         <v>141</v>
       </c>
       <c r="B22" s="33" t="s">
         <v>142</v>
       </c>
       <c r="C22" s="32" t="s">
         <v>143</v>
       </c>
       <c r="D22" s="35" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="32" t="s">
         <v>145</v>
       </c>
       <c r="B23" s="33" t="s">
         <v>146</v>
       </c>
       <c r="C23" s="32" t="s">
         <v>147</v>
       </c>
       <c r="D23" s="35" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="32" t="s">
         <v>149</v>
       </c>
       <c r="B24" s="33" t="s">
         <v>150</v>
       </c>
       <c r="C24" s="32" t="s">
         <v>151</v>
       </c>
       <c r="D24" s="35" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="32" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="33" t="s">
         <v>154</v>
       </c>
       <c r="C25" s="32" t="s">
         <v>155</v>
       </c>
       <c r="D25" s="35" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="49" t="s">
         <v>157</v>
       </c>
       <c r="B26" s="50" t="s">
         <v>158</v>
       </c>
       <c r="C26" s="49" t="s">
         <v>159</v>
       </c>
       <c r="D26" s="51" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="52" t="s">
         <v>161</v>
       </c>
       <c r="B27" s="53" t="s">
         <v>162</v>
       </c>
       <c r="C27" s="52" t="s">
         <v>163</v>
       </c>
       <c r="D27" s="34" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:4" ht="24.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="54" t="s">
         <v>165</v>
       </c>
       <c r="B28" s="55" t="s">
         <v>166</v>
       </c>
       <c r="C28" s="54"/>
       <c r="D28" s="56"/>
     </row>
-    <row r="29" spans="1:4" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="29" spans="1:4" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1FD1CB0F-7593-4850-A09E-F44D6B782F12}">
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="2" width="14.140625" customWidth="1"/>
+    <col min="2" max="2" width="14.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A1">
         <v>2.1</v>
       </c>
       <c r="B1" t="s">
         <v>175</v>
       </c>
       <c r="C1" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A2">
         <v>2.2000000000000002</v>
       </c>
       <c r="B2" t="s">
         <v>179</v>
       </c>
       <c r="C2" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
       <c r="C3" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
       <c r="C4" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A5">
         <v>2.2999999999999998</v>
       </c>
       <c r="B5" t="s">
         <v>183</v>
       </c>
       <c r="C5" t="s">
         <v>184</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>